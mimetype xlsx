--- v0 (2025-12-28)
+++ v1 (2026-03-29)
@@ -417,66 +417,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L16"/>
+  <dimension ref="A1:L13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="58" customWidth="1" min="1" max="1"/>
     <col width="34" customWidth="1" min="2" max="2"/>
     <col width="19" customWidth="1" min="3" max="3"/>
     <col width="19" customWidth="1" min="4" max="4"/>
-    <col width="8" customWidth="1" min="5" max="5"/>
+    <col width="7" customWidth="1" min="5" max="5"/>
     <col width="15" customWidth="1" min="6" max="6"/>
-    <col width="32" customWidth="1" min="7" max="7"/>
+    <col width="50" customWidth="1" min="7" max="7"/>
     <col width="11" customWidth="1" min="8" max="8"/>
     <col width="69" customWidth="1" min="9" max="9"/>
     <col width="20" customWidth="1" min="10" max="10"/>
     <col width="10" customWidth="1" min="11" max="11"/>
     <col width="22" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Événement</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Plage horaire</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Débute</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -505,847 +505,685 @@
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Étiquettes</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
           <t>S'applique aux rôles</t>
         </is>
       </c>
       <c r="K1" s="1" t="inlineStr">
         <is>
           <t>Est public</t>
         </is>
       </c>
       <c r="L1" s="1" t="inlineStr">
         <is>
           <t>Échéance d'inscription</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Entraînement Agrès  + Gym &amp; Danse</t>
+          <t>Entraînement Partie 1 uniquement - avec les enfants</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>18 janvier 2026 de 09:00 à 16:00</t>
+          <t>29 mars 2026 de 09:30 à 11:30</t>
         </is>
       </c>
       <c r="C2" s="2" t="n">
-        <v>46040.375</v>
+        <v>46110.39583333334</v>
       </c>
       <c r="D2" s="2" t="n">
-        <v>46040.66666666666</v>
+        <v>46110.47916666666</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>7:00:00</t>
+          <t>2:00:00</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Delémont</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Centre professionnel de Delémont</t>
+          <t>Gros-Seuc</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>confirmé</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Entraînement Agrès  + Gym &amp; Danse</t>
+          <t>Entraînement séparé Agrès  + Gym &amp; Danse + Enfants</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>8 février 2026 de 09:00 à 16:00</t>
+          <t>17 avril 2026 de 19:00 à 21:00</t>
         </is>
       </c>
       <c r="C3" s="2" t="n">
-        <v>46061.375</v>
+        <v>46129.79166666666</v>
       </c>
       <c r="D3" s="2" t="n">
-        <v>46061.66666666666</v>
+        <v>46129.875</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>7:00:00</t>
+          <t>2:00:00</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Delémont</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Centre professionnel de Delémont</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>confirmé</t>
+          <t>annulé</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Entraînement Agrès  + Gym &amp; Danse</t>
+          <t>Entraînement Agrès + Gym &amp; Danse + Enfants (P2+P3, P1)</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>22 mars 2026 de 09:00 à 16:00</t>
+          <t>26 avril 2026 de 10:00 à 17:00</t>
         </is>
       </c>
       <c r="C4" s="2" t="n">
-        <v>46103.375</v>
+        <v>46138.41666666666</v>
       </c>
       <c r="D4" s="2" t="n">
-        <v>46103.66666666666</v>
+        <v>46138.70833333334</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>7:00:00</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Delémont</t>
+          <t>Courroux</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Centre professionnel de Delémont</t>
+          <t>salles de gym de l'école primaire (Général Guisan)</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>confirmé</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J4" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Entraînement Agrès  + Gym &amp; Danse</t>
+          <t>Entraînement Agrès + Gym &amp; Danse + Enfants (P1-P3)</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>29 mars 2026 de 08:30 à 11:45</t>
+          <t>31 mai 2026 de 09:00 à 16:00</t>
         </is>
       </c>
       <c r="C5" s="2" t="n">
-        <v>46110.35416666666</v>
+        <v>46173.375</v>
       </c>
       <c r="D5" s="2" t="n">
-        <v>46110.48958333334</v>
+        <v>46173.66666666666</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>3:15:00</t>
+          <t>7:00:00</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Delémont</t>
+          <t>Courroux</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Centre professionnel de Delémont</t>
+          <t>salles de gym de l'école primaire (Général Guisan)</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>confirmé</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J5" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Entraînement séparé Agrès  + Gym &amp; Danse</t>
+          <t>Entraînement Agrès + Gym &amp; Danse + Enfants (P1-P3)</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>17 avril 2026 de 09:00 à 21:00</t>
+          <t>14 juin 2026 de 09:00 à 16:00</t>
         </is>
       </c>
       <c r="C6" s="2" t="n">
-        <v>46129.375</v>
+        <v>46187.375</v>
       </c>
       <c r="D6" s="2" t="n">
-        <v>46129.875</v>
+        <v>46187.66666666666</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>12:00:00</t>
+          <t>7:00:00</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Delémont</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>Centre professionnel de Delémont</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>confirmé</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J6" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Entraînement Agrès  + Gym &amp; Danse</t>
+          <t>Entraînement Agrès + Gym &amp; Danse + Enfants (P3, P1)</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>26 avril 2026 de 09:00 à 16:00</t>
+          <t>23 août 2026 de 09:00 à 16:00</t>
         </is>
       </c>
       <c r="C7" s="2" t="n">
-        <v>46138.375</v>
+        <v>46257.375</v>
       </c>
       <c r="D7" s="2" t="n">
-        <v>46138.66666666666</v>
+        <v>46257.66666666666</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>7:00:00</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Delémont</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>Centre professionnel de Delémont</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>confirmé</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J7" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Entraînement Agrès  + Gym &amp; Danse</t>
+          <t>Entraînement Agrès + Gym &amp; Danse + Enfants (P1-P3)</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>31 mai 2026 de 09:00 à 16:00</t>
+          <t>13 septembre 2026 de 09:00 à 16:00</t>
         </is>
       </c>
       <c r="C8" s="2" t="n">
-        <v>46173.375</v>
+        <v>46278.375</v>
       </c>
       <c r="D8" s="2" t="n">
-        <v>46173.66666666666</v>
+        <v>46278.66666666666</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>7:00:00</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Delémont</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>Centre professionnel de Delémont</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>confirmé</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J8" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Entraînement Agrès  + Gym &amp; Danse</t>
+          <t>Entraînement de bloc GJG + Bern Beat</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>14 juin 2026 de 09:00 à 16:00</t>
+          <t>18 octobre 2026 de 09:30 à 15:30</t>
         </is>
       </c>
       <c r="C9" s="2" t="n">
-        <v>46187.375</v>
+        <v>46313.39583333334</v>
       </c>
       <c r="D9" s="2" t="n">
-        <v>46187.66666666666</v>
+        <v>46313.64583333334</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>7:00:00</t>
+          <t>6:00:00</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>Delémont</t>
-[...6 lines deleted...]
-      </c>
+          <t>Wohlen bei Bern</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr"/>
       <c r="H9" t="inlineStr">
         <is>
           <t>confirmé</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J9" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Entraînement Agrès  + Gym &amp; Danse</t>
+          <t>Entraînement de bloc GJG + Bern Beat - Avec inspection FSG</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>23 août 2026 de 09:00 à 16:00</t>
+          <t>15 novembre 2026 de 09:30 à 15:30</t>
         </is>
       </c>
       <c r="C10" s="2" t="n">
-        <v>46257.375</v>
+        <v>46341.39583333334</v>
       </c>
       <c r="D10" s="2" t="n">
-        <v>46257.66666666666</v>
+        <v>46341.64583333334</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>7:00:00</t>
+          <t>6:00:00</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Delémont</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>Centre professionnel de Delémont</t>
+          <t>Blancherie</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>confirmé</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J10" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Entraînement Agrès  + Gym &amp; Danse</t>
+          <t>Entraînement de bloc GJG + Bern Beat</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>13 septembre 2026 de 09:00 à 16:00</t>
+          <t>31 janvier 2027 de 09:30 à 15:30</t>
         </is>
       </c>
       <c r="C11" s="2" t="n">
-        <v>46278.375</v>
+        <v>46418.39583333334</v>
       </c>
       <c r="D11" s="2" t="n">
-        <v>46278.66666666666</v>
+        <v>46418.64583333334</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>7:00:00</t>
+          <t>6:00:00</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Delémont</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>Centre professionnel de Delémont</t>
+          <t>Blancherie</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>confirmé</t>
+          <t>à confirmer</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J11" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Entraînement de bloc GJG + Bern Beat</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>18 octobre 2026 de 09:30 à 15:30</t>
+          <t>28 février 2027 de 09:30 à 15:30</t>
         </is>
       </c>
       <c r="C12" s="2" t="n">
-        <v>46313.39583333334</v>
+        <v>46446.39583333334</v>
       </c>
       <c r="D12" s="2" t="n">
-        <v>46313.64583333334</v>
+        <v>46446.64583333334</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>6:00:00</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>Wohlen bei Bern</t>
-[...2 lines deleted...]
-      <c r="G12" t="inlineStr"/>
+          <t>Delémont</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>Blancherie</t>
+        </is>
+      </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>confirmé</t>
+          <t>à confirmer</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J12" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Entraînement de bloc GJG + Bern Beat - Avec inspection FSG</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>15 novembre 2026 de 09:30 à 15:30</t>
+          <t>21 mars 2027 de 09:30 à 15:30</t>
         </is>
       </c>
       <c r="C13" s="2" t="n">
-        <v>46341.39583333334</v>
+        <v>46467.39583333334</v>
       </c>
       <c r="D13" s="2" t="n">
-        <v>46341.64583333334</v>
+        <v>46467.64583333334</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>6:00:00</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Delémont</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>Blancherie</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>confirmé</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>gym enfants, gym parents, gymnastique aux agrès, gymnastique et danse</t>
         </is>
       </c>
       <c r="J13" t="inlineStr">
         <is>
           <t>gymnaste, moniteur</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
           <t>oui</t>
         </is>
       </c>
       <c r="L13" t="inlineStr"/>
-    </row>
-[...160 lines deleted...]
-      <c r="L16" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>